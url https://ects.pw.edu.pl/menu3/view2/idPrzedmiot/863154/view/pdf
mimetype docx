--- v0 (2025-10-11)
+++ v1 (2025-12-25)
@@ -902,67 +902,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na ocenę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W08, K_W10, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W10, K_W12 FIB, K_W01, K_W02, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1058,51 +1058,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi. Wie, jak wypełnić formularz w elektronicznym generatorze wniosków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1278,51 +1278,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>