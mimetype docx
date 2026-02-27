--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -832,67 +832,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,67 +902,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na ocenę.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12 FIB, K_W01, K_W02, K_W08</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W08, K_W10, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi. Wie, jak wypełnić formularz w elektronicznym generatorze wniosków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1262,67 +1262,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U14 FIB</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U14 FIB, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>