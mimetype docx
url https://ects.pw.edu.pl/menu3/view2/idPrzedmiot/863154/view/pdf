--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -778,615 +778,615 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozumie uwarunkowania związane z planowaniem i  realizacją projektów finansowanych ze środków UE </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie na ocenę</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie uwarunkowania związane z planowaniem i  realizacją projektów finansowanych ze środków UE </w:t>
+        <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie na ocenę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12 FIB, K_W01, K_W02, K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W08, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę na temat zasad wdrażania projektów europejskich i wie, jakie działania są niezbędne przy organizacji projektów europejskich.</w:t>
+        <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie na ocenę.</w:t>
+        <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W08, K_W10, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna najważniejsze zasady prawidłowego rozliczania projektu europejskiego</w:t>
+        <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi. Wie, jak wypełnić formularz w elektronicznym generatorze wniosków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W04, K_W08, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna efektywne sposoby organizacji pracy zespołu realizującego projekt europejski</w:t>
+        <w:t xml:space="preserve">zna specjalistyczne pojęcia związane z zarządzaniem funduszami europejskimi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę na temat systemów informatycznych wspierających zarządzanie projektami europejskimi. Wie, jak wypełnić formularz w elektronicznym generatorze wniosków</w:t>
+        <w:t xml:space="preserve">posiada umiejętność przeprowadzania analiz w oparciu o wiedzę teoretyczną i potrafi zastosować wiedzę teoretyczną w pracy zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie na ocenę</w:t>
+        <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08, K_W12 BNP</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna specjalistyczne pojęcia związane z zarządzaniem funduszami europejskimi</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę uczenia się przez całe życie i posiada umiejętność kontynuacji kształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie na ocenę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_K01, K_K04, K_K08 BNP</w:t>
+        <w:t xml:space="preserve">K_K08 BNP, K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>