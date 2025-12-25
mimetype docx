--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian i prezentacja multimedialna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>