--- v1 (2025-12-25)
+++ v2 (2026-02-26)
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian i prezentacja multimedialna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, wypowiedzi w trakcie dyskusji, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>