--- v2 (2026-02-26)
+++ v3 (2026-03-20)
@@ -768,51 +768,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagrożenia ekspansji technik informacyjnych na poznawczą, emocjonalną, interpersonalną sferę człowieka oraz na sferę prawną. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,67 +903,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian i prezentacja multimedialna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, wypowiedzi w trakcie dyskusji, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>