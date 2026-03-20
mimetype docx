--- v0 (2025-12-25)
+++ v1 (2026-03-20)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i przygotowanie oraz przedstawienie referatu przy użyciu technik multimedialnych, uczestnictwo w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W12 FIB, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_BC_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jakie są rodzaje i miary inflacji, zna wpływ inflacji i deflacji na gospodarkę, zna mechanizm powstawania baniek spekulacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -943,67 +943,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, udział w dyskusji na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_1: </w:t>
       </w:r>
     </w:p>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i przygotowanie oraz przedstawienie referatu przy użyciu technik multimedialnych, uczestnictwo w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U14 FIB</w:t>
+        <w:t xml:space="preserve">K_U14 FIB, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_BC_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znaleźć aktualne informacje dotyczące funkcjonowania instytucji finansowych, w szczególności działania banku centralnego, jak też właściwie je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>