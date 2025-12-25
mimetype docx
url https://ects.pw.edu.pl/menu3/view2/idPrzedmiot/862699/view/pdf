--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -791,51 +791,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I. P7S_WG: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu instytucji finansowych (m. in. banków, spółdzielczych kas oszczędnościowo-kredytowych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1137,67 +1137,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1208,67 +1208,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1294,51 +1294,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów prawnych z zakresu ochrony klienta usług bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1434,51 +1434,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I.P7S_KK: </w:t>
       </w:r>
     </w:p>