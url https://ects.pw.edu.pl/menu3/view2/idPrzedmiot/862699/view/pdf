--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -741,241 +741,311 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I. P7S_WG: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu instytucji finansowych (m. in. banków, spółdzielczych kas oszczędnościowo-kredytowych)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja na zajęciach lub kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W11 FIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka I. P7S_WG: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka I. P7S_WG: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka I. P7S_WK: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu instytucji finansowych (m. in. banków, spółdzielczych kas oszczędnościowo-kredytowych)</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o czynnościach bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dyskusja na zajęciach lub kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W03, K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.3</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka I. P7S_WK: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o czynnościach bankowych</w:t>
+        <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W11 FIB, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,148 +1055,359 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów prawnych z zakresu ochrony klienta usług bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W11 FIB, K_W12 FIB</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3, I.P7S_WK</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14 FIB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie
 rozpoznawania zadań, funkcji i kompetencji
 organu administracji, jakim jest KNF.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1137,412 +1418,131 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka I.P7S_KK: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego
-</w:t>
+        <w:t xml:space="preserve">Ma zdolność samodzielnego, skutecznego pozyskiwania informacji z listy ostrzeżeń publicznych KNF</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">K_K07, K_K09 BNP, K_K09 FIB</w:t>
+        <w:t xml:space="preserve">K_K07, K_K09 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>