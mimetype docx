--- v2 (2026-02-25)
+++ v3 (2026-03-19)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja na zajęciach lub kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka I. P7S_WG: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -951,182 +951,252 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zasady polskiego prawa rynku finansowego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_W01, K_W11 FIB, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka II.S. P7S_WG.1: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zasady unijnego prawa rynku finansowego.</w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium/aktywność na zajęciach</w:t>
+        <w:t xml:space="preserve">Praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W11 FIB</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">II.X.P7S_UW.2</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę do rozwiązywania prostych problemów prawnych z zakresu ochrony klienta usług bankowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -1135,67 +1205,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium lub praca na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Bankowego Funduszu Gwarancyjnego
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1206,207 +1276,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji Rzecznika Finansowego</w:t>
+        <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie rozpoznawania zadań i funkcji NBP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca na zajęciach</w:t>
+        <w:t xml:space="preserve">Weryfikacja efektu odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka II.S.P7S_UW.1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie
 rozpoznawania zadań, funkcji i kompetencji
 organu administracji, jakim jest KNF.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1498,51 +1498,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K09 BNP</w:t>
+        <w:t xml:space="preserve">K_K07, K_K09 BNP, K_K09 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>