--- v0 (2025-12-25)
+++ v1 (2026-02-26)
@@ -880,51 +880,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student zna zasady ewakuacji i tymczasowego zakwaterowania ludności oraz organizowania ekip ratowniczych (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1094,51 +1094,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie problemy ochrony przeciwpożarowej oraz funkcjonowanie krajowego systemu ratowniczo-gaśniczego i Państwowego Ratownictwa Medycznego(B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1236,51 +1236,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna regulacje prawne i dokumenty strategiczne w zakresie ochrony cyberprzestrzeni oraz potrafi interpretować znaczenie elementów i zadania systemu reagowania na incydenty komputerowe (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1291,67 +1291,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W11 BNP, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W-09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe problemy zagrożeń w cyberprzestrzeni (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1514,67 +1514,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U13 BNP</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów z zakresu zapewnienia bezpieczeństwa ludności (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1799,51 +1799,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, II.S.P7S_UW.1, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1956,51 +1956,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U-08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student umie praktycznie stosować wiedzę w zakresie wykonywania zadań przez administrację publiczną w aspekcie ochrony ludności, środowiska i dóbr materialnych przed zagrożeniami (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>