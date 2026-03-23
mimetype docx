--- v1 (2026-02-26)
+++ v2 (2026-03-23)
@@ -864,67 +864,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W11 BNP, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student zna zasady ewakuacji i tymczasowego zakwaterowania ludności oraz organizowania ekip ratowniczych (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1078,67 +1078,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W11 BNP, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie problemy ochrony przeciwpożarowej oraz funkcjonowanie krajowego systemu ratowniczo-gaśniczego i Państwowego Ratownictwa Medycznego(B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1291,67 +1291,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 BNP, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W-09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe problemy zagrożeń w cyberprzestrzeni (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1514,67 +1514,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 BNP, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów z zakresu zapewnienia bezpieczeństwa ludności (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1602,51 +1602,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U13 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student znajdować niezbędne informacje dotyczące systemów bezpieczeństwa w literaturze fachowej, specjalistycznych bazach danych i innych źródłach (B).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2027,51 +2027,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>