--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -750,87 +750,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna uwarunkowania prawne i źródła zagrożeń bezpieczeństwa narodowego Polski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna uwarunkowania prawne i źródła zagrożeń bezpieczeństwa narodowego Polski.</w:t>
+        <w:t xml:space="preserve">Zna organizacje międzynarodowe oraz stosowane metody i sposoby przeciwdziałania zagrożeniom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -849,258 +919,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna organizacje międzynarodowe oraz stosowane metody i sposoby przeciwdziałania zagrożeniom</w:t>
+        <w:t xml:space="preserve">Zna system strategii bezpieczeństwa narodowego Polski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna system strategii bezpieczeństwa narodowego Polski.</w:t>
+        <w:t xml:space="preserve">Potrafi dostrzegać podstawowe problemy badań w dziedzinie bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi prowadzić ogólne analizy uwarunkowań i zagrożeń bezpieczeństwa narodowego Polski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>