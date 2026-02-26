--- v1 (2025-12-25)
+++ v2 (2026-02-26)
@@ -750,67 +750,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna uwarunkowania prawne i źródła zagrożeń bezpieczeństwa narodowego Polski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,341 +836,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna organizacje międzynarodowe oraz stosowane metody i sposoby przeciwdziałania zagrożeniom</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna organizacje międzynarodowe oraz stosowane metody i sposoby przeciwdziałania zagrożeniom</w:t>
+        <w:t xml:space="preserve">Zna system strategii bezpieczeństwa narodowego Polski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W10</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna system strategii bezpieczeństwa narodowego Polski.</w:t>
+        <w:t xml:space="preserve">Potrafi dostrzegać podstawowe problemy badań w dziedzinie bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dostrzegać podstawowe problemy badań w dziedzinie bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Potrafi prowadzić ogólne analizy uwarunkowań i zagrożeń bezpieczeństwa narodowego Polski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test, wystąpienia w toku zajęć</w:t>
+        <w:t xml:space="preserve">Wystąpienia w toku ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dostrzegać podstawowe zasady oraz problemy funkcjonowania organizacji w zakresie bezpieczeństwa międzynarodowego i narodowego Polski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>