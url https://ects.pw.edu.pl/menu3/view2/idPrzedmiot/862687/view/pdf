--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -740,87 +740,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna prawne aspekty związane z zagrożeniami ery informacyjnej oraz skutki ich oddziaływania na system bezpieczeństwa państwa </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna prawne aspekty związane z zagrożeniami ery informacyjnej oraz skutki ich oddziaływania na system bezpieczeństwa państwa </w:t>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę umożliwiającą analizę procesów społecznych, w tym regulacji prawnych i zasad funkcjonowania systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -839,128 +909,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę umożliwiającą analizę procesów społecznych, w tym regulacji prawnych i zasad funkcjonowania systemu bezpieczeństwa państwa.</w:t>
+        <w:t xml:space="preserve">Ma rozeznanie w najnowszych publikacjach z zakresu tematyki specjalności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W11 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma rozeznanie w najnowszych publikacjach z zakresu tematyki specjalności.</w:t>
+        <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu bezpieczeństwa państwa w realiach RP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -971,406 +1041,336 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W11 BNP, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu bezpieczeństwa państwa w realiach RP.</w:t>
+        <w:t xml:space="preserve">Potrafi oceniać zagrożenia systemów bezpieczeństwa państwa oraz interpretować zapisy prawa w tym zadania oraz obowiązki obywateli wynikające z podsystemu niemilitarnego;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 BNP, K_W12 BNP, K_W03</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi oceniać zagrożenia systemów bezpieczeństwa państwa oraz interpretować zapisy prawa w tym zadania oraz obowiązki obywateli wynikające z podsystemu niemilitarnego;</w:t>
+        <w:t xml:space="preserve">Umie projektować rozwiązania złożonych problemów w skali mikro - i makrospołecznej dotyczące organizacji systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie projektować rozwiązania złożonych problemów w skali mikro - i makrospołecznej dotyczące organizacji systemu bezpieczeństwa państwa.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność formułowania opinii dotyczących prawnych i społecznych uwarunkowań procesów bezpieczeństwa państwa oraz wskazywania niezbędnych zmian, dokonując samodzielnej interpretacji zapisów prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 BNP, K_U14 BNP, K_U12</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność formułowania opinii dotyczących prawnych i społecznych uwarunkowań procesów bezpieczeństwa państwa oraz wskazywania niezbędnych zmian, dokonując samodzielnej interpretacji zapisów prawa.</w:t>
+        <w:t xml:space="preserve">Potrafi organizować pracę zespołową i kierować zespołami (w tym zespołami zadaniowymi w zakresie kierowania elementami systemu bezpieczeństwa państwa) oraz skutecznie komunikować się, negocjować i przekonywać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U13 BNP, K_U14 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.T.P7S_UW.1, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie komunikować się ze specjalistami z sektora techniki informacyjnej w sprawach związanych z pozyskiwaniem i korzystaniem z informacji pozyskanych z różnych źródeł. Potrafi interpretować i wykorzystać pozyskane informacje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>