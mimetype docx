--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę umożliwiającą analizę procesów społecznych, w tym regulacji prawnych i zasad funkcjonowania systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -950,67 +950,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12 BNP, K_W03, K_W11 BNP</w:t>
+        <w:t xml:space="preserve">K_W03, K_W11 BNP, K_W12 BNP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę o funkcjonowaniu systemu bezpieczeństwa państwa w realiach RP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie projektować rozwiązania złożonych problemów w skali mikro - i makrospołecznej dotyczące organizacji systemu bezpieczeństwa państwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1240,67 +1240,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi organizować pracę zespołową i kierować zespołami (w tym zespołami zadaniowymi w zakresie kierowania elementami systemu bezpieczeństwa państwa) oraz skutecznie komunikować się, negocjować i przekonywać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1380,67 +1380,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium (pytania problemowe lub testowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U12, K_U13 BNP</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.T.P7S_UW.2, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>