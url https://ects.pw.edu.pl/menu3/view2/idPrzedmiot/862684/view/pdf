--- v1 (2025-11-24)
+++ v2 (2026-03-21)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna obszernie zasady zarządzania zasobami własności intelektualnej i zasady ich wykorzystywania, w odniesieniu do aktualnego stany prawnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1320,67 +1320,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1540,67 +1540,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje pełną gotowość do aktualizacji swojej wiedzy, przede wszystkim tej dotyczącej stanu prawnego i przepisów prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>