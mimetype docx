--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -990,67 +990,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test z teorii, rozwiązywanie zadań na ćwiczeniach i na sprawdzianie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła kosztów i przychodów, umie klasyfikować i księgować je na kontach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>