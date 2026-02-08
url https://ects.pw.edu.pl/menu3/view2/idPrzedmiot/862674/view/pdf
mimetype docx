--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -770,67 +770,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test z teorii i sprawdzian z zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jak posługiwać się urządzeniami księgowymi i jak interpretować ewidencjonowane na nich operacje gospodarcze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>