--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -758,357 +758,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych właściwe dla demografii. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe rozwiązania prawne dotyczące poszczególnych polityk publicznych w zakresie demografii (polityka ludnściowa) oraz ma wiedzę dotyczącą ich konsekwencji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych właściwe dla demografii. </w:t>
+        <w:t xml:space="preserve">Potrafi prawidłowo zinterpretować dane demograficzne oraz potrafi zastosować dane demograficzne do analizowania konkretnych procesów i zjawisk z zakresu administracji publicznej i gospodarki przestrzennej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe rozwiązania prawne dotyczące poszczególnych polityk publicznych w zakresie demografii (polityka ludnściowa) oraz ma wiedzę dotyczącą ich konsekwencji.</w:t>
+        <w:t xml:space="preserve">Umie samodzielnie pozyskiwać potrzebne informacje przy wykorzystaniu istniejących możliwości technicznych i informatycznych (programów, baz danych itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>