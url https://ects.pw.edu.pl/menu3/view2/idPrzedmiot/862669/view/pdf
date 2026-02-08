--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne z pytaniami opisowymi lub testowymi (lub ewentualnie realizacja zadanej pracy problemowej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W07, K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody i narzędzia, w tym techniki pozyskiwania danych właściwe dla demografii. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1064,51 +1064,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>