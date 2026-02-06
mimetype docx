--- v0 (2025-12-24)
+++ v1 (2026-02-06)
@@ -791,67 +791,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -877,51 +877,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03 Student ma podstawową wiedzę ogólną z dziedziny nauk społecznych, zna podstawowe pojęcia  ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1081,51 +1081,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wiedzy, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1231,51 +1231,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy, rozwiązywanie zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05, K_K07</w:t>
+        <w:t xml:space="preserve">K_K05, K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>