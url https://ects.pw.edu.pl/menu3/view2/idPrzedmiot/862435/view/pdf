--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -791,67 +791,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, czytanie omawianie studium przypadku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1011,67 +1011,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozwiązywanie zadań, test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników  na popyt oraz podaż na rynkach dóbr, pracy, kapitału. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1231,51 +1231,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy, rozwiązywanie zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K07, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>