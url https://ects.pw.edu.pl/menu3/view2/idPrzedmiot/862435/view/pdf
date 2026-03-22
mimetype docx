--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -807,51 +807,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_02 Student zna najnowsze osiągnięcia odnoszące się to teorii ekonomii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1027,51 +1027,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02 Student potrafi objaśnić wpływ różnych czynników  na popyt oraz podaż na rynkach dóbr, pracy, kapitału. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>