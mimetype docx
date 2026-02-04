--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -745,67 +745,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,277 +965,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
+        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
+        <w:t xml:space="preserve">Student umie sięgać do odpowiednich źródeł nowej wiedzy (informacji) z zakresu prawa konstytucyjnego, w tym do systemów teleinformatycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+        <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>