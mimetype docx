--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną wiedzę o wolnościach i prawach jednostki oraz o środkach prawnych ich ochrony. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1175,67 +1175,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>
@@ -1535,51 +1535,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>