--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -815,67 +815,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
@@ -981,71 +981,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o konstytucyjnych wolnościach, prawach i obowiązkach jednostki oraz o instytucjach, które gwarantują ochronę praw podstawowych, w tym w szczególności o sądownictwie konstytucyjnym. </w:t>
+        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1064,208 +1134,278 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi posługiwać się tekstem Konstytucji oraz podstawowymi ustawami z zakresu prawa konstytucyjnego. </w:t>
+        <w:t xml:space="preserve">Student umie sięgać do odpowiednich źródeł nowej wiedzy (informacji) z zakresu prawa konstytucyjnego, w tym do systemów teleinformatycznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student rozumie wagę i znaczenie wiedzy z zakresu prawa konstytucyjnego we współczesnym świecie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_5: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie sięgać do odpowiednich źródeł nowej wiedzy (informacji) z zakresu prawa konstytucyjnego, w tym do systemów teleinformatycznych. </w:t>
+        <w:t xml:space="preserve">Student zdaje sobie sprawę z możliwości bezpośredniego stosowania Konstytucji, zwłaszcza w celu ochrony wolności i praw jednostki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie wagę i znaczenie wiedzy z zakresu prawa konstytucyjnego we współczesnym świecie.</w:t>
+        <w:t xml:space="preserve">Student rozumie potrzebę doskonalenia instytucji konstytucyjnych oraz skutki ustrojowe nieprzestrzegania Konstytucji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1284,58 +1424,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka K_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka K_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zdaje sobie sprawę z możliwości bezpośredniego stosowania Konstytucji, zwłaszcza w celu ochrony wolności i praw jednostki. </w:t>
+        <w:t xml:space="preserve">Student dostrzega związki między jakością życia zbiorowego, efektywną pracą sądów oraz ochroną praw podstawowych jednostki a należycie funkcjonującym systemem konstytucyjnym państwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1354,232 +1494,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka K_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka K_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student rozumie potrzebę doskonalenia instytucji konstytucyjnych oraz skutki ustrojowe nieprzestrzegania Konstytucji. </w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić i wyjaśnić, jakie konsekwencje społeczne i gospodarcze może mieć naruszanie konstytucyjnych standardów państwa i prawa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01, K_K05</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_K05, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>