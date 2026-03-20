--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -817,51 +817,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podział i charakterystykę topologii sieci teleinformatycznych (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -941,87 +941,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebę informatyzacji społeczeństwa i administracji publicznej (I)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie potrzebę rozwoju usług oraz systemów teleinformatycznych a także dostosowywania ich do wymagań prawnych (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę informatyzacji społeczeństwa i administracji publicznej (I)</w:t>
+        <w:t xml:space="preserve">Zna i rozumie potrzebę informatyzacji kluczowych usług realizowanych przez Państwo. Zna strategiczne usługi i systemy teleinformatyczne Państwa (ePUAP, EZD, Profil zaufany, Węzeł krajowy itd.) oraz perspektywy rozwoju nowych usług i STI Państwa (EZD RP, Portal gov.pl, AIP) (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1040,748 +1180,608 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę rozwoju usług oraz systemów teleinformatycznych a także dostosowywania ich do wymagań prawnych (I).</w:t>
+        <w:t xml:space="preserve">Rozumie potrzeby w zakresie rozwoju społeczeństwa informacyjnego, elektronicznej administracji i czynników technicznych, prawnych i społecznych wpływających na ich rozwój (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WG, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie potrzebę informatyzacji kluczowych usług realizowanych przez Państwo. Zna strategiczne usługi i systemy teleinformatyczne Państwa (ePUAP, EZD, Profil zaufany, Węzeł krajowy itd.) oraz perspektywy rozwoju nowych usług i STI Państwa (EZD RP, Portal gov.pl, AIP) (I).</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie technologii informacyjnych i komunikacyjnych w procesie informatyzacji społeczeństwa i Państwa. Wie jak ocenić wpływ technologii na skuteczność i bezpieczeństwo funkcjonowania usług elektronicznych (podpis elektroniczny, cloud computing, sprzętowe i programowe metody ochrony itp.) (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzeby w zakresie rozwoju społeczeństwa informacyjnego, elektronicznej administracji i czynników technicznych, prawnych i społecznych wpływających na ich rozwój (I).</w:t>
+        <w:t xml:space="preserve">Potrafi identyfikować, wskazywać i objaśniać akty prawne kluczowe dla procesów mających wpływ na informatyzację społeczeństwa i administracji publicznej oraz oceniać oddziaływanie regulacji prawnych na te procesy (P).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_08: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie technologii informacyjnych i komunikacyjnych w procesie informatyzacji społeczeństwa i Państwa. Wie jak ocenić wpływ technologii na skuteczność i bezpieczeństwo funkcjonowania usług elektronicznych (podpis elektroniczny, cloud computing, sprzętowe i programowe metody ochrony itp.) (I).</w:t>
+        <w:t xml:space="preserve">Umie definiować, opisywać i analizować środowisko teleinformatyczne w kontekście informatyzacji administracji publicznej oraz zarządzania bezpieczeństwem informacji w administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi identyfikować, wskazywać i objaśniać akty prawne kluczowe dla procesów mających wpływ na informatyzację społeczeństwa i administracji publicznej oraz oceniać oddziaływanie regulacji prawnych na te procesy (P).</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie wykorzystywać wiedzę w zakresie bezpieczeństwa teleinformatycznego w administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie definiować, opisywać i analizować środowisko teleinformatyczne w kontekście informatyzacji administracji publicznej oraz zarządzania bezpieczeństwem informacji w administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi analizować potrzeby w zakresie rozwoju społeczeństwa informacyjnego, elektronicznej administracji i czynników wpływających na ich rozwój (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi poprawnie wykorzystywać wiedzę w zakresie bezpieczeństwa teleinformatycznego w administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi efektywnie wykorzystywać systemy i usługi teleinformatyczne w tym: ePUAP, EZD, Profil zaufany, PUE, GEOPORTAL (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie aktywnie uczestniczyć w dyskusjach w języku polskim na temat problematyki nowych metod przetwarzania informacji oraz zarządzania bezpieczeństwem informacji w administracji publicznej (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">EGZAMIN w postaci pisemnej. Pytania i zagadnienia opisowe wraz z problemami do analizy. Ewentualnie uzupełnienie w formie ustnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak i potrafi identyfikować nowe usługi mające wpływ na informatyzację administracji publicznej w tym uwarunkowania techniczne i prawne wpływające na rozwój usług (chmura obliczeniowa, EZD RP, Architektura Informacyjna Państwa, Portal gov.pl) (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>