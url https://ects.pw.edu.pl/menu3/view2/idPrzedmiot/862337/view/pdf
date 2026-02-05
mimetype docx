--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -808,307 +808,377 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia analizy matematycznej	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia analizy matematycznej	</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się wzorami matematyki finansowej w zakresie oprocentowań i kredytów oraz stosować je do analiz ekonomicznych i społecznych.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się wzorami matematyki finansowej w zakresie oprocentowań i kredytów oraz stosować je do analiz ekonomicznych i społecznych.	</w:t>
+        <w:t xml:space="preserve">Umie opisywać i rozwiązywać zagadnienia prowadzące do układów równań liniowych	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U06, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie opisywać i rozwiązywać zagadnienia prowadzące do układów równań liniowych	</w:t>
+        <w:t xml:space="preserve">Umie zapisywać zagadnienia programowania liniowego.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zapisywać zagadnienia programowania liniowego.	</w:t>
+        <w:t xml:space="preserve">Umie policzyć pochodne funkcji elementarnych i znaleźć proste całki.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1127,178 +1197,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie policzyć pochodne funkcji elementarnych i znaleźć proste całki.	</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć pochodne cząstkowe funkcji dwóch zmiennych.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>