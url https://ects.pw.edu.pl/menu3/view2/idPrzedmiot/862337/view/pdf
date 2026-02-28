--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -754,71 +754,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia algebry liniowej	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia algebry liniowej	</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia analizy matematycznej	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -829,146 +899,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia analizy matematycznej	</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się wzorami matematyki finansowej w zakresie oprocentowań i kredytów oraz stosować je do analiz ekonomicznych i społecznych.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W06</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się wzorami matematyki finansowej w zakresie oprocentowań i kredytów oraz stosować je do analiz ekonomicznych i społecznych.	</w:t>
+        <w:t xml:space="preserve">Umie opisywać i rozwiązywać zagadnienia prowadzące do układów równań liniowych	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -987,318 +1057,248 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie opisywać i rozwiązywać zagadnienia prowadzące do układów równań liniowych	</w:t>
+        <w:t xml:space="preserve">Umie zapisywać zagadnienia programowania liniowego.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie policzyć pochodne funkcji elementarnych i znaleźć proste całki.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zapisywać zagadnienia programowania liniowego.	</w:t>
+        <w:t xml:space="preserve">Umie wyznaczyć pochodne cząstkowe funkcji dwóch zmiennych.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>