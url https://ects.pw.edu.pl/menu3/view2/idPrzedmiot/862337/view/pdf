--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia algebry liniowej	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -824,631 +824,631 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia analizy matematycznej	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia analizy matematycznej	</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się wzorami matematyki finansowej w zakresie oprocentowań i kredytów oraz stosować je do analiz ekonomicznych i społecznych.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie opisywać i rozwiązywać zagadnienia prowadzące do układów równań liniowych	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zapisywać zagadnienia programowania liniowego.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie policzyć pochodne funkcji elementarnych i znaleźć proste całki.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U01, K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczyć pochodne cząstkowe funkcji dwóch zmiennych.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie posługiwać się wzorami matematyki finansowej w zakresie oprocentowań i kredytów oraz stosować je do analiz ekonomicznych i społecznych.	</w:t>
+        <w:t xml:space="preserve">Ma świadomość znaczenia działania w sposób profesjonalny.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie opisywać i rozwiązywać zagadnienia prowadzące do układów równań liniowych	</w:t>
+        <w:t xml:space="preserve">Ma świadomość wpływu matematyki na funkcjonowanie społeczeństwa	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie zaliczenie pisemne, egzamin test z pytaniami otwartymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_K02, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada zdolność do kontynuacji kształcenia.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>