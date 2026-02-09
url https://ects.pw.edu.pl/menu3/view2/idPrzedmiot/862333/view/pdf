--- v0 (2026-01-17)
+++ v1 (2026-02-09)
@@ -792,67 +792,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
+        <w:t xml:space="preserve">K_W03, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać i scharakteryzować międzynarodowe i europejskie systemy ochrony podstawowych praw i wolności, a także zna treść aktów normatywnych składających się na te systemy oraz zasady powoływania się na nie przed organami krajowymi i międzynarodowymi. Zna podstawowe rozwiązania prawne dotyczące organizacji i funkcjonowania Europejskiego Trybunału Praw Człowieka w Strasburgu i Trybunału Sprawiedliwości Unii Europejskiej w Luksemburgu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -862,67 +862,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
@@ -958,51 +958,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi sporządzić - na tle niezłożonej sytuacji faktycznej - pismo (np. skargę do Rzecznika Praw Obywatelskich) z żądaniem udzielenia ochrony przed naruszeniem podstawowych praw lub wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>