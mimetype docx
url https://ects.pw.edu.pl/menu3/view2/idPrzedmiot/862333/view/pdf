--- v1 (2026-02-09)
+++ v2 (2026-02-09)
@@ -792,67 +792,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W11, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi również wskazać i scharakteryzować międzynarodowe i europejskie systemy ochrony podstawowych praw i wolności, a także zna treść aktów normatywnych składających się na te systemy oraz zasady powoływania się na nie przed organami krajowymi i międzynarodowymi. Zna podstawowe rozwiązania prawne dotyczące organizacji i funkcjonowania Europejskiego Trybunału Praw Człowieka w Strasburgu i Trybunału Sprawiedliwości Unii Europejskiej w Luksemburgu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -862,67 +862,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza studenta będzie weryfikowana na bieżąco podczas zajęć w ramach dyskusji nad omawianymi na nich zagadnieniami. Będą bowiem brane pod uwagę przygotowanie merytoryczne studenta do zajęć i jego aktywność. Będzie sprawdzana również umiejętność zastosowania wiedzy podczas rozwiązywania samodzielnie kazusów lub opracowywania krótkich prac pisemnych. Weryfikacja końcowa wiedzy studenta będzie miała formę sprawdziany pisemnego (kolokwium zaliczeniowego) na koniec cyklu zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
@@ -958,51 +958,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Po zakończeniu zajęć student potrafi sporządzić - na tle niezłożonej sytuacji faktycznej - pismo (np. skargę do Rzecznika Praw Obywatelskich) z żądaniem udzielenia ochrony przed naruszeniem podstawowych praw lub wolności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>