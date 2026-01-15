--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -789,67 +789,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student wie  jak interpretować regulacje prawne dotyczące
 funkcjonowania systemów łączności elektronicznej wykorzystywanych przez administrację publiczną oraz służby publicznego bezpieczeństwa i ratownictwa (P).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -877,51 +877,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student wie jak interpretować istotę i przeznaczenie usług
 systemów i sieci łączności elektronicznej stosowanych przez organy kierowania bezpieczeństwem państwa (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1073,67 +1073,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie podstawowe problemy bezpieczeństwa w systemach telekomunikacyjnych funkcjonujących na rzecz administracji publicznej (B).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1515,51 +1515,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1596,51 +1596,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi interpretować regulacje prawne dotyczące  funkcjonowania systemów łączności elektronicznej wykorzystywanych przez administrację publiczną oraz służby publicznego bezpieczeństwa i ratownictwa (P).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1721,67 +1721,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U08, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U03, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student potrafi poprawnie zastosować systemy łączności elektronicznej i ich usługi w działaniach administracji publicznej (B)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1807,51 +1807,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W wyniku przeprowadzonych zajęć student umie wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z przeznaczeniem (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2018,51 +2018,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie praktycznie stosować wiedzę w zakresie bezpieczeństwa sieci i usług teleinformatycznych (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2089,51 +2089,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>