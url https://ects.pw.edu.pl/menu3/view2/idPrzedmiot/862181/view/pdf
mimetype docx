--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -815,67 +815,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiadomości, rozmowa ze studentami  w trakcie zajęć
 oraz sprawozdanie  z tematów wykonawczych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W13, IM1_W05, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu podstaw teoretycznych, metodyki, doboru i realizacji technologii obróbki cieplnej i cieplno - chemicznej oraz metod oceny jej efektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić aspekty ekologiczne zastosowania wybranych technologii obróbki cieplej lub powierzchniowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie ocenić aspekty ekonomiczne wyboru określonych materiałów i technologii ich obróbki </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,67 +1113,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiadomości, rozmowa ze studentami  w trakcie zajęć
 oraz sprawozdanie z tematów wykonawczych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje kompetencje z zakresu tworzyw metalicznych i obróbki cieplnej. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu sprawozdań korzysta z technik informacyjno-komunikacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>