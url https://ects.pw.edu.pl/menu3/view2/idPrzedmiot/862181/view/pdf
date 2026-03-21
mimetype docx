--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić aspekty ekologiczne zastosowania wybranych technologii obróbki cieplej lub powierzchniowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,67 +1113,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wiadomości, rozmowa ze studentami  w trakcie zajęć
 oraz sprawozdanie z tematów wykonawczych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U12</w:t>
+        <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje kompetencje z zakresu tworzyw metalicznych i obróbki cieplnej. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu sprawozdań korzysta z technik informacyjno-komunikacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1183,67 +1183,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie  z tematów wykonawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U05, IM1_U07, IM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zagrożenia towarzyszące realizacji konkretnych technologii obróbki cieplnej i cieplno-chemicznej i w trakcie wykonywania zadań technologicznych i badawczych w laboratorium stosuje odpowiednie zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>