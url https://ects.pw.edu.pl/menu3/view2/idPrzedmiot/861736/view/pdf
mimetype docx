--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -2592,121 +2592,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_K3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, poprzez realizację zadań realizowanych przez więcej niż jedną osobę, potrafi pracować w grupie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_K06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>