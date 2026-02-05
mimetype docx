--- v1 (2025-12-25)
+++ v2 (2026-02-05)
@@ -1742,50 +1742,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1953,120 +2023,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>