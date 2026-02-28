--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1392,50 +1392,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1561,162 +1701,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U24</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U25</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1742,331 +1882,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U26</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>