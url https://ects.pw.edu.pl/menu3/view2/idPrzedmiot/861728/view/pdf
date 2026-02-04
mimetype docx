--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -753,121 +753,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Zna podstawowe idee i zasady wykorzystywane przy tworzeniu sztucznych sieci neuronowych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>