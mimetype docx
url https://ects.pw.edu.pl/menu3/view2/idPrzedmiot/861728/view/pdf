--- v1 (2026-02-04)
+++ v2 (2026-03-20)
@@ -753,87 +753,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Zna podstawowe idee i zasady wykorzystywane przy tworzeniu sztucznych sieci neuronowych.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Zna podstawowe idee i zasady wykorzystywane przy tworzeniu sztucznych sieci neuronowych.					</w:t>
+        <w:t xml:space="preserve">Zna zasady budowy liniowych i nieliniowych (w tym wielowarstwowych) sztucznych sieci jednokierunkowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -893,87 +963,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy liniowych i nieliniowych (w tym wielowarstwowych) sztucznych sieci jednokierunkowych.</w:t>
+        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -992,302 +1132,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK385_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy i działania sztucznych sieci neuronowych ze sprzężeniami zwrotnymi.</w:t>
+        <w:t xml:space="preserve">Zna zasady i algorytmy procesu uczenia sieci różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK385_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady i algorytmy procesu uczenia sieci różnych typów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>