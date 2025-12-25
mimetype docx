--- v0 (2025-10-10)
+++ v1 (2025-12-25)
@@ -749,157 +749,577 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -918,58 +1338,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -988,58 +1408,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1058,58 +1478,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1128,682 +1548,682 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1838,1002 +2258,582 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U07</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U13</w:t>
-      </w:r>
-[...768 lines deleted...]
-        <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>