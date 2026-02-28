--- v1 (2025-12-25)
+++ v2 (2026-02-28)
@@ -749,50 +749,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1058,838 +1128,1188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U07</w:t>
+        <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1908,58 +2328,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1978,58 +2398,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2048,58 +2468,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2118,58 +2538,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2188,652 +2608,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
-      </w:r>
-[...558 lines deleted...]
-        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>