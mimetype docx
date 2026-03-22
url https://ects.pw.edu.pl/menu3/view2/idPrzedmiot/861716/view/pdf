--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -1169,50 +1169,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1478,92 +1548,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1589,51 +1659,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1659,201 +1729,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U07</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1879,87 +1949,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1978,58 +2398,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2048,58 +2468,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2118,58 +2538,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2188,652 +2608,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>