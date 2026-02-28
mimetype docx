--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1735,1951 +1735,1951 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie klasyfikować nuklidy pod względem ich poszczególnych własności fizycznych, związanych z reakcjami jądrowymi i promieniotwórczością, rozwiązywać proste zadania inżynierskie związane z ochroną przed promieniowaniem jonizującym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie klasyfikować nuklidy pod względem ich poszczególnych własności fizycznych, związanych z reakcjami jądrowymi i promieniotwórczością, rozwiązywać proste zadania inżynierskie związane z ochroną przed promieniowaniem jonizującym.</w:t>
+        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U10: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie podać podstawowe wymagania projektowe i eksploatacyjne dot. bezpieczeństwa elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U15</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U08</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych wrzących oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych wrzących oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów ciężkowodnych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów ciężkowodnych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów gazowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów gazowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U27</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów prędkich powielających oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów prędkich powielających oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+        <w:t xml:space="preserve">Potrafi prezentować najważniejsze zagadnienia dotyczące energetyki jądrowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Ocena prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U18</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
+        <w:t xml:space="preserve">Potrafi prezentować najważniejsze zagadnienia dotyczące energetyki jądrowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Ocena prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U27</w:t>
-[...708 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>