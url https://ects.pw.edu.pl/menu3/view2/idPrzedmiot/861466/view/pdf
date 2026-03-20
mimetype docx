--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -2085,50 +2085,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2324,652 +2394,582 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U12: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić rozwój energetyki jądrowej w stronę reaktorów GenIV, z podkreśleniem trzech podstawowych funkcji reaktorów prędkich powielających.</w:t>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie uzasadnić stosowanie wybranych materiałów w reaktorach jądrowych, wskazać najważniejsze wydarzenia w historii energetyki jądrowej oraz ogólnie opisać jej stan obecny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie rozwiązywać proste zagadnienia inżynierskie związane z bilansem reakcji rozszczepienia.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS515_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS515_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie uzasadnić wybór sposobu opisu transportu neutronów w zależności od warunków zadania inżynierskiego.</w:t>
+        <w:t xml:space="preserve">Student umie opisać koncepcję i konstrukcję reaktorów wodnych ciśnieniowych oraz podać wartości podstawowych parametrów pracy i osiągów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>