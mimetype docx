--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -1885,2021 +1885,2021 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W17</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U21</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U22</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...278 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
-[...278 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>