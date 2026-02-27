--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -3645,50 +3645,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3786,120 +3856,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>