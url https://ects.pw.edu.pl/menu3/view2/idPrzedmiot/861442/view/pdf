--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -905,50 +905,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zjawiska optyczne i cieplne zachodzących przy pozyskiwaniu i konwersji fototermicznej energii promieniowania słonecznego w ciepło użyteczne, a także zagadnienia magazynowania ciepła o charakterze krótko i długoterminowym.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1074,128 +1144,758 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W02: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konwersji fotoelektrycznej i jej zastosowanie w systemach fotowoltaicznych, podstawy optyki związane z koncentracją wiązki promieniowania słonecznego (punktowe, liniowe, bezobrazowe) i zastosowanie zjawisk optycznych i cieplnych zachodzące w słonecznych elektrowniach cieplnych, w tym: w słonecznych elektrowniach ORC, piecach słonecznych, elektrowniach kominowych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1214,58 +1914,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1284,58 +1984,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1354,496 +2054,216 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_W03: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Rozumie zagadnienia wyznaczania sprawności cieplnej kolektorów słonecznych i innych odbiorników, ich charakterystyki cieplnej i przepływowej oraz wymiarowania kolektorów słonecznych, jak i całych kompleksowych słonecznych instalacji grzewczych do zadanych warunków użytkowania. Ma wiedzę tworzenia koncepcji słonecznych instalacji grzewczych w zależności od warunków odbioru energii słonecznej i dostarczania energii użytkowej do odbiorcy końcowego.												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...403 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prezentacja zespołowa.</w:t>
+        <w:t xml:space="preserve">E1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1885,2137 +2305,2067 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W17</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna zasady poligeneracji w energetycznych systemach słonecznych, stosowania systemów hybrydowych, zintegrowanych i ich zastosowanie w inteligentnych miastach, z uwzględnieniem samowystarczalności energetycznej budynków i osiedli.													</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi modelować zjawiska fizyczne zachodzące w odbiornikach energii promieniowania słonecznego i instalacjach słonecznych, w tym: w słonecznych układach hybrydowych PVT (cieplno – fotowoltaicznych) oraz przeprowadzać symulacje ich funkcjonowania, a także określać efektywność energetyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność określania oszczędności energetycznych eksploatacyjnych i efektów środowiskowych wynikających z odpowiedniej koncepcji rozwiązań instalacyjnych energetyki słonecznej i skojarzenia ich z tradycyjnymi systemami wytwarzania ciepła, chłodu i energii elektrycznej.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność kompleksowego podejścia do wyznaczania zużycia energii w wielofunkcyjnych słonecznych systemach energetycznych z uwzględnieniem energii wbudowanej i metody LCA. Umie tworzyć koncepcje systemowo–instalacyjne wykorzystania energii słonecznej w różnej skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...1282 lines deleted...]
-        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U04</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+        <w:t xml:space="preserve">E1_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+        <w:t xml:space="preserve">E1_K03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna unormowania prawne w zakresie energetyki słonecznej.														</w:t>
+        <w:t xml:space="preserve">E1_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U15</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
+        <w:t xml:space="preserve">E1_K05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -4034,442 +4384,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS728_K01.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Posiada kompetencje w zakresie wykonywania koncepcji technicznych, projektowych i studium wykonalności systemów energetyki słonecznej.													</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS728_K02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracowywać w grupie wspólne prezentacje i projekty koncepcyjne wybranej technologii energetyki słonecznej, z uwzględnieniem  stanu jej technologicznego zaawansowania, jej zalet i wad.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt zespołowy, prezentacja zespołowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_K04</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>