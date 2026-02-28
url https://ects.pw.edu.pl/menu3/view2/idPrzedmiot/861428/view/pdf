--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1047,87 +1047,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat praktycznej realizacji struktur sterowania bloku energetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS731_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat praktycznej realizacji struktur sterowania bloku energetycznego.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych układów regulacji bloku energetycznego, ze szczególnym uwzględnieniem kotła energetycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1187,87 +1257,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą rzeczywistych realizacji układów regulacji bloku energetycznego w oparciu o systemy DCS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS731_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych układów regulacji bloku energetycznego, ze szczególnym uwzględnieniem kotła energetycznego.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę dotyczącą rzeczywistych realizacji układów regulacji bloku energetycznego w oparciu o systemy DCS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1278,470 +1418,330 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS731_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą rzeczywistych realizacji układów regulacji bloku energetycznego w oparciu o systemy DCS.</w:t>
+        <w:t xml:space="preserve">Posiada podstawowe, praktyczne umiejętności korzystania z nowoczesnych systemów DCS w zakresie: dodawania punktów procesowych, tworzenia schematów układów regulacji, tworzenia grafik operatorskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Test, zadania praktyczne - ocena pracy grupowej, ocena wykonywania przez studenta zadań w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W09</w:t>
+        <w:t xml:space="preserve">E1_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS731_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę dotyczącą rzeczywistych realizacji układów regulacji bloku energetycznego w oparciu o systemy DCS.</w:t>
+        <w:t xml:space="preserve">Umie dobrać parametry strojeniowe regulatora PI.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Test, zadania praktyczne - ocena pracy grupowej, ocena wykonywania przez studenta zadań w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS731_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawowe, praktyczne umiejętności korzystania z nowoczesnych systemów DCS w zakresie: dodawania punktów procesowych, tworzenia schematów układów regulacji, tworzenia grafik operatorskich.</w:t>
+        <w:t xml:space="preserve">Umie pracować indywidualnie i w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test, zadania praktyczne - ocena pracy grupowej, ocena wykonywania przez studenta zadań w laboratorium.</w:t>
+        <w:t xml:space="preserve">Zadania praktyczne - ocena pracy grupowej, ocena wykonywania przez studenta zadań w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U26</w:t>
+        <w:t xml:space="preserve">E1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS731_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS731_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dobrać parametry strojeniowe regulatora PI.</w:t>
+        <w:t xml:space="preserve">Umie pracować indywidualnie i w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test, zadania praktyczne - ocena pracy grupowej, ocena wykonywania przez studenta zadań w laboratorium.</w:t>
+        <w:t xml:space="preserve">Zadania praktyczne - ocena pracy grupowej, ocena wykonywania przez studenta zadań w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U26</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_K03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>