--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -768,50 +768,470 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1147,426 +1567,566 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1608,87 +2168,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1707,128 +2337,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1847,58 +2547,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1917,58 +2617,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1987,58 +2687,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2057,161 +2757,231 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W21</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2238,820 +3008,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
-[...768 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
@@ -3928,50 +3928,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -4237,1842 +4587,1492 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
-      </w:r>
-[...1398 lines deleted...]
-        <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>