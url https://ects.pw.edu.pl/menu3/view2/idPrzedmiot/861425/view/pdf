--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -768,50 +768,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W34</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada znajomość podstaw fizycznych i metod matematycznych opisu zjawisk fizycznych zachodzących w instalacjach i systemach OZE w skali mikro.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1427,146 +1567,76 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W1: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie problemów koncepcyjnych w czasie zajęć, debata, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1608,157 +1678,1347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_W2.: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.																												</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, debata, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1769,1310 +3029,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...1258 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS723_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -3928,50 +3928,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, debata.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, debata.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -4237,1842 +4587,1492 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić podstawowe technologie konwersji energii pochodzącej ze źródeł odnawialnych w systemach mikro skali i ich wydajność oraz  przeprowadzić analizę techniczno-ekonomiczną ich wykorzystania.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Projekt, debata.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...234 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS723_U3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, debata, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS723_U4.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wdrażać zaawansowane innowacyjne metody wykorzystania zasobów energii odnawialnej.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, debata, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
-      </w:r>
-[...768 lines deleted...]
-        <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>