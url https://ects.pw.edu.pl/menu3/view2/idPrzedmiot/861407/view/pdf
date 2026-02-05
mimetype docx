--- v0 (2025-12-26)
+++ v1 (2026-02-05)
@@ -1585,50 +1585,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1684,58 +1754,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1795,51 +1865,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1865,157 +1935,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2034,128 +2244,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2174,58 +2384,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2244,302 +2454,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W27</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>