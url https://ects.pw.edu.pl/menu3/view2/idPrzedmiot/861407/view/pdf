--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1165,157 +1165,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typy turbin i zakres ich zastosowań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typy turbin i zakres ich zastosowań.</w:t>
+        <w:t xml:space="preserve">Zna rozwiązania konstrukcyjne współczesnych turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna rozwiązania konstrukcyjne współczesnych turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rozwiązania konstrukcyjne współczesnych turbin.</w:t>
+        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1334,58 +1474,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rozwiązania konstrukcyjne współczesnych turbin.</w:t>
+        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1404,128 +1544,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcję podstawowych elementów turbin.</w:t>
+        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1544,58 +1754,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1614,58 +1824,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1684,58 +1894,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna warunki pracy, obciążenia i zasady obliczeń wytrzymałościowych głównych części turbin.</w:t>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1754,198 +1964,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1964,58 +2314,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2034,512 +2384,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_W27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_W27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>