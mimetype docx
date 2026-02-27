--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -771,4751 +771,4751 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada znajomość podstaw fizycznych i metod matematycznych pozwalających opisać podstawowe zjawiska i procesy cieplno-przepływowe zachodzące w budynku i jego otoczeniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W1: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium, prace  koncepcyjne, projekt.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...234 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W34</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_W32</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...848 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...1398 lines deleted...]
-        <w:t xml:space="preserve">E1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>