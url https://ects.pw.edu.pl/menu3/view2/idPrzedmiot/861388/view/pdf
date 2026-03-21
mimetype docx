--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -1471,50 +1471,470 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada zaawansowaną wiedzę w zakresie konwersji energii promieniowania słonecznego w energię użyteczną i jej magazynowania zachodzących w elementach strukturalnych budynku.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1640,3882 +2060,3462 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań obliczeniowych w czasie zajęć (ćwiczenia).</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_W32</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do rozumienia społecznych, ekonomicznych i prawnych działań związanych z realizacją i eksploatacją inwestycji z zakresu budownictwa słonecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_W34</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i oceniać pod względem efektywności energetycznej procesy cieplne zachodzące w budownictwie słonecznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Zna technologie nowoczesnej energetyki słonecznej stosowane w budownictwie i  metody oceny energetycznej budownictwa niskoenergetycznego słonecznego.						</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia procesów dynamiki cieplnej budynku, w szczególności w odniesieniu do oddziaływania energii promieniowania słonecznego. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
-[...763 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...164 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ML.NS712_U2</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS712_U1: </w:t>
-[...278 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS712_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić i przedstawić przydatność i możliwość wykorzystania nowych osiągnięć (technik i technologii) energetyki w budynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, zadania sprawdzające w trakcie zajęć, projekt zespołowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
-      </w:r>
-[...1048 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>