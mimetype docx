--- v0 (2025-12-25)
+++ v1 (2026-02-07)
@@ -2296,50 +2296,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2877,3120 +2947,3050 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Zna zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi tworzyć koncepcję energetyczną budynków niskoenergetycznych i samowystarczalnych energetycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność analizowania i oceny funkcjonowania urządzeń i systemów wykorzystujących niekonwencjonalne metody pozyskiwania i konwersji energii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W25</w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...94 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U1: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U2: </w:t>
-[...304 lines deleted...]
-        <w:t xml:space="preserve">Ocena projektu koncepcji energetycznej budynku bliskozerenergetycznego, kolokwium.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...1888 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>