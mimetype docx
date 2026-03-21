--- v1 (2026-02-07)
+++ v2 (2026-03-21)
@@ -4546,50 +4546,680 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -4645,198 +5275,1038 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pozyskuje kompetencje zawodowe zarówno w zakresie efektywności energetycznej, ekonomicznej, jak i poszanowania środowiska oraz umiejętność opracowywania kompleksowych koncepcji instalacji i systemów energetycznych budynków. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U04</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -4855,1842 +6325,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U15</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Potrafi analizować zagadnienia energochłonności w odniesieniu do energii końcowej, pierwotnej i wbudowanej, stosować obowiązującą metodykę obliczeń w ocenie energetycznej budynków i podstawy prawne w tym zakresie.</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS553A_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nabywa umiejętności przydatnych przy  wykonywaniu świadectw charakterystyki energetycznej budynków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, ocena projektu koncepcji energetycznej budynku blisko-zeroenergetycznego, referatu lub prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
-      </w:r>
-[...1468 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>