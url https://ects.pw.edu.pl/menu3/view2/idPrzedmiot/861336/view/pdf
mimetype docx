--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -1742,121 +1742,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczać ekstrema funkcji dwóch zmiennych i płaszczyznę styczną do wykresu funkcji dwóch zmiennych, umie posługiwać się twierdzeniem o funkcji uwikłanej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>