--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -1322,297 +1322,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać całki nieoznaczone za pomocą twierdzeń o całkowaniu przez części, całkowaniu przez podstawienie, potrafi całkować funkcje wymierne.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczać całki nieoznaczone za pomocą twierdzeń o całkowaniu przez części, całkowaniu przez podstawienie, potrafi całkować funkcje wymierne.							</w:t>
+        <w:t xml:space="preserve">							Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.							</w:t>
+        <w:t xml:space="preserve">							Potrafi obliczać pochodne cząstkowe funkcji n zmiennych, w tym: pochodne cząstkowe funkcji złożonych oraz wyznaczać pochodną kierunkową.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi obliczać całki oznaczone, umie stosować je w geometrii i fizyce. Umie liczyć proste całki niewłaściwe.							</w:t>
+        <w:t xml:space="preserve">							Potrafi obliczać pochodne cząstkowe funkcji n zmiennych, w tym: pochodne cząstkowe funkcji złożonych oraz wyznaczać pochodną kierunkową.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, kolokwium i egzamin.</w:t>
+        <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi obliczać pochodne cząstkowe funkcji n zmiennych, w tym: pochodne cząstkowe funkcji złożonych oraz wyznaczać pochodną kierunkową.							</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczać ekstrema funkcji dwóch zmiennych i płaszczyznę styczną do wykresu funkcji dwóch zmiennych, umie posługiwać się twierdzeniem o funkcji uwikłanej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1631,232 +1771,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW102_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW102_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi obliczać pochodne cząstkowe funkcji n zmiennych, w tym: pochodne cząstkowe funkcji złożonych oraz wyznaczać pochodną kierunkową.							</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczać ekstrema funkcji dwóch zmiennych i płaszczyznę styczną do wykresu funkcji dwóch zmiennych, umie posługiwać się twierdzeniem o funkcji uwikłanej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa aktywności na ćwiczeniach, zadania domowe i egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>