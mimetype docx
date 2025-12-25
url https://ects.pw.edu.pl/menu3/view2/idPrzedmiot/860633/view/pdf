--- v0 (2025-10-10)
+++ v1 (2025-12-25)
@@ -1204,239 +1204,665 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1456,58 +1882,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1527,58 +1953,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1598,58 +2024,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1669,58 +2095,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1740,58 +2166,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1811,58 +2237,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1882,58 +2308,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1953,58 +2379,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2024,58 +2450,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2095,58 +2521,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2166,58 +2592,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2237,58 +2663,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2308,58 +2734,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2379,58 +2805,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2450,58 +2876,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2521,58 +2947,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2592,129 +3018,342 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2734,732 +3373,93 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
-      </w:r>
-[...637 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>