--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -1204,152 +1204,223 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02</w:t>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1669,129 +1740,484 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1811,58 +2237,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1882,58 +2308,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1953,58 +2379,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2024,58 +2450,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2095,58 +2521,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2166,58 +2592,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2237,58 +2663,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2308,58 +2734,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2379,58 +2805,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2450,58 +2876,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2521,58 +2947,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2592,58 +3018,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2663,58 +3089,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2734,58 +3160,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2805,58 +3231,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2876,58 +3302,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -2947,519 +3373,93 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U18</w:t>
-      </w:r>
-[...424 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>