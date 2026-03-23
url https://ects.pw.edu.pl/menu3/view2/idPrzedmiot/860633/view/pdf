--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1356,158 +1356,584 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1527,58 +1953,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1598,58 +2024,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1669,519 +2095,93 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych,							</w:t>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena  zadań domowych, egzamin.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U16</w:t>
-      </w:r>
-[...424 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>