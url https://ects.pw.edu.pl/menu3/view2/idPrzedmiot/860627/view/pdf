--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny zawierający pytania otwarte i zamknięte, problemowe i szczegółoweWpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>