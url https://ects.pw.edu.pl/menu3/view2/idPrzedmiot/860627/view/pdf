--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -904,271 +904,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">seminarium, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zdobywa umiejętność spójnego, efektywnego komunikowania się na poziomie werbalnym i niewerbalnym.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">seminarium, test</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zdobywa umiejętność spójnego, efektywnego komunikowania się na poziomie werbalnym i niewerbalnym.														</w:t>
+        <w:t xml:space="preserve">potrafi pracować samodzielnie i w grupie studiując wybrane zagadnienie, potrafi nawiązać bliskie, konstruktywne relacje towarzyskie i osobiste, pogłębia zdolności postrzegania, a zwłaszcza słuchania,  zdobywa pogłębioną umiejętność samoanalizy, niezbędną do samooceny potencjału i kompetencji komunikacyjnej													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">seminarium, test</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi pracować samodzielnie i w grupie studiując wybrane zagadnienie, potrafi nawiązać bliskie, konstruktywne relacje towarzyskie i osobiste, pogłębia zdolności postrzegania, a zwłaszcza słuchania,  zdobywa pogłębioną umiejętność samoanalizy, niezbędną do samooceny potencjału i kompetencji komunikacyjnej													</w:t>
+        <w:t xml:space="preserve">ma świadomość znaczenia przygotowania się do korzystania z oferty UE w różnych dziedzinach jej aktywności														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">seminarium, test</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny zawierający pytania otwarte i zamknięte, problemowe i szczegółoweWpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01, K_K02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_K02, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>