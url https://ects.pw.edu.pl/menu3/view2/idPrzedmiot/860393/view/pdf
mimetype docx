--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -751,271 +751,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna możliwości wykorzystania oprogramowanie do komputerowego wspomagania obliczeń matematycznych i analizy wyników. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W04, IM2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna możliwości wykorzystania oprogramowanie do komputerowego wspomagania obliczeń matematycznych i analizy wyników. </w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę w zakresie matematyki obejmującą statystykę matematyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W04, IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę w zakresie matematyki obejmującą statystykę matematyczną.</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność efektywnego wykorzystywania zaawansowanych funkcji typowych programów wykorzystywanych w obszarze inżynierii materiałowej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W01</w:t>
+        <w:t xml:space="preserve">IM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej  student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu wykorzystywanych w pracy inżyniera narzędzi komputerowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>