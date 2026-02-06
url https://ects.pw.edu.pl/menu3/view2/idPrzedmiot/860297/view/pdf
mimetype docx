--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -752,51 +752,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W08, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
+        <w:t xml:space="preserve">AiR1_U08, AiR1_U09, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>