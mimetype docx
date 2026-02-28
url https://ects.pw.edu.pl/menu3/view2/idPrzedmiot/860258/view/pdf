--- v0 (2026-02-05)
+++ v1 (2026-02-28)
@@ -1127,51 +1127,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U02, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>