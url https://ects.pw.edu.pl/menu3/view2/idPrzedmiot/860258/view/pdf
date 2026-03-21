--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -1127,51 +1127,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy studenta podczas laboratorium, ocena sprawozdania z ćwiczeń laboratoryjnych, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U05, AiR1_U07</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>