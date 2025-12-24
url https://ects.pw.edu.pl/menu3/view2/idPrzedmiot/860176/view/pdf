--- v0 (2025-10-10)
+++ v1 (2025-12-24)
@@ -921,156 +921,156 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U06, K_U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonuje podstawowe ćwiczenia z zakresu przetwarzania cyfrowych obrazów wielospektralnych np. filtrację, redukcję szumów, wykrywanie zmian, szacowanie korelacji zmiennych, wykonuje oceny statystyczne, klasyfikacje nienadzorowane i nadzorowane. Analizuje wybrane zdjęć spektralne w celu wyznaczania indeksów wegetacyjnych: NDVI, FAPAR, LAI, LAIxCab, wilgotności gleb, numerycznego modelu terenu itd. i oceny stanu pokrywy roślinnej na badanym obszarze.</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Interpretuje obrazy radarowe, wykonuje analizę porównawczą z wykorzystaniem prognozy opadu z modeli UMPL i COAMPS oraz pomiarów wysokości opadu ze stacji synoptycznych. 2. Przeprowadza detekcję zachmurzenia i położenia stref frontowych na podstawie zdjęć satelitarnych z satelitów meteorologicznych (VIS, IR, VW) oraz detekcję zapylenia atmosfery (AERONET, MODIS) i pożarów biomasy (MODIS Rapid Response System). Analizuje porównawczo rozkład przestrzenny O3, SO2 i NO2 uzyskiwany z różnych instrumentów pomiarowych umieszczonych na satelitach. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca wykonywana na ćwiczeniach komputerowych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_U06, K_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonuje podstawowe ćwiczenia z zakresu przetwarzania cyfrowych obrazów wielospektralnych np. filtrację, redukcję szumów, wykrywanie zmian, szacowanie korelacji zmiennych, wykonuje oceny statystyczne, klasyfikacje nienadzorowane i nadzorowane. Analizuje wybrane zdjęć spektralne w celu wyznaczania indeksów wegetacyjnych: NDVI, FAPAR, LAI, LAIxCab, wilgotności gleb, numerycznego modelu terenu itd. i oceny stanu pokrywy roślinnej na badanym obszarze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca wykonywana na ćwiczeniach komputerowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>