--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">uczestnictwo w zajęciach, przygotowanie prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05, K_U11, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U01, K_U03, K_U04, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>