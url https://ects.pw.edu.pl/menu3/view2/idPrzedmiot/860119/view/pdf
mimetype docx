--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">uczestnictwo w zajęciach, przygotowanie prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U01, K_U03, K_U04, K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U05, K_U11, K_U17, K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>