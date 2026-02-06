--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1105,51 +1105,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">uczestnictwo w zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>