--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -885,271 +885,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedź ustna przed zajęciami laboratoryjnymi, sprawozdanie i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02 Potrafi opisać i ocenić procesy biologiczne w systemach zaopatrzenia w wodę i oczyszczania ścieków</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">odpowiedź ustna przed zajęciami laboratoryjnymi, sprawozdanie i kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02 Potrafi opisać i ocenić procesy biologiczne w systemach zaopatrzenia w wodę i oczyszczania ścieków</w:t>
+        <w:t xml:space="preserve">U03 Potrafi zweryfikować dokumenty wymagane przy uzgadnianiu projektów z zakresu systemów wodociągowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">odpowiedź ustna przed zajęciami laboratoryjnymi, sprawozdanie i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U16, IS_U17</w:t>
+        <w:t xml:space="preserve">IS_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03 Potrafi zweryfikować dokumenty wymagane przy uzgadnianiu projektów z zakresu systemów wodociągowych</w:t>
+        <w:t xml:space="preserve">K01 Rozumie potrzebę dokształcania się </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">odpowiedź ustna przed zajęciami laboratoryjnymi, sprawozdanie i kolokwium</w:t>
+        <w:t xml:space="preserve">uczestnictwo w zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U20</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">IS_K03, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>