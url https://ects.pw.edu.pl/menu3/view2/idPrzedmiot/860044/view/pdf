--- v0 (2025-10-13)
+++ v1 (2025-12-24)
@@ -1202,51 +1202,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U13, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>