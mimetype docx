--- v1 (2025-12-24)
+++ v2 (2026-03-20)
@@ -980,51 +980,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.5*ĆP
 Zaliczenie wykładu: Kolokwium
 Zaliczenie ćwiczeń projektowych: Zaliczenie zadań projektowych"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U06, IS_U13</w:t>
+        <w:t xml:space="preserve">IS_U13, IS_U01, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>