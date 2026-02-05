--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1108,341 +1108,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W20, IS_W09, IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu zagadnień związanych z centralnym przygotowaniem ciepłej wody użytkowej i racjonalnej współpracy z systemem ogrzewczym w budynku.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę porównawczą w celu doboru oraz określić charakterystyki techniczne, eksploatacyjne oraz właściwości regulacyjne grzejników konwekcyjnych i płaszczyznowych).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U08</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować racjonalne dostosowanie cieplne i hydrauliczne istniejącej instalacji c.o. i węzła cieplnego do rzeczywistych potrzeb cieplnych pomieszczeń w budynku ocieplonym (grzejniki, pompa, węzeł wymiennikowy).</w:t>
+        <w:t xml:space="preserve">Potrafi samodzielnie zaprojektować ogrzewanie mieszkaniowe wodne w układzie poziomym: konwekcyjne i podłogowe oraz ogrzewanie płaszczyznowe elektryczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu i kolokwium </w:t>
+        <w:t xml:space="preserve">Wykonanie projektu i kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05, IS_U08, IS_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_U08, IS_U18, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>