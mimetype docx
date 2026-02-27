--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -968,191 +968,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu węzłów cieplnych, stosowanych układów połączeń, ich charakterystyki technicznej i eksploatacyjnej – zna zasady wymiarowania i doboru elementów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_W20, IS_W09, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>