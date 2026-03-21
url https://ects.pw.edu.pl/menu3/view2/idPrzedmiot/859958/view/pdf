--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -968,121 +968,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada szczegółową, podbudowaną teoretycznie wiedzę z zakresu technicznych, eksploatacyjnych oraz charakterystyk regulacyjnych stosowanych wymienników ciepła na cele centralnego ogrzewania i przygotowania cwu, oraz wymagań kryteriów ich oceny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W12, IS_W20, IS_W09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IS_W09, IS_W12, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>