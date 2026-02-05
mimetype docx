--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -735,191 +735,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład, kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę dotyczącą systemu planowania przestrzennego w Polsce, procedury sporządzania dokumentów planistycznych w gminie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zarys procedury lokalizacji inwestycji w Polsce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W14, IS_W07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>