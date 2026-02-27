--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -875,51 +875,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>