--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -805,51 +805,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>