--- v1 (2025-12-25)
+++ v2 (2026-02-28)
@@ -754,411 +754,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna systemy klasyfikacji ścieków i odpadów na podstawie ich toksyczności stosowane na świecie oraz w Unii Europejskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna systemy klasyfikacji ścieków i odpadów na podstawie ich toksyczności stosowane na świecie oraz w Unii Europejskiej.</w:t>
+        <w:t xml:space="preserve">Student posiada szczegółową wiedzę na temat deterministycznych i probabilistycznych metod oceny zagrożenia i ryzyka w środowisku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, prezentacja na zajęciach laboratoryjnych, sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W09 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada szczegółową wiedzę na temat deterministycznych i probabilistycznych metod oceny zagrożenia i ryzyka w środowisku.</w:t>
+        <w:t xml:space="preserve">Student posługuje się  nowoczesnymi technikami laboratoryjnymi w zakresie biologii środowiska i ekotoksykologii umożliwiającymi ocenę zmian strukturalnych i funkcjonalnych w ekosystemie wodnym i glebowym pod wpływem zanieczyszczeń zawartych w ściekach i odpadach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, prezentacja na zajęciach laboratoryjnych, sprawozdania.</w:t>
+        <w:t xml:space="preserve">Udział w zajęciach, przygotowanie raportów, kolokwium zaliczeniowe,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posługuje się  nowoczesnymi technikami laboratoryjnymi w zakresie biologii środowiska i ekotoksykologii umożliwiającymi ocenę zmian strukturalnych i funkcjonalnych w ekosystemie wodnym i glebowym pod wpływem zanieczyszczeń zawartych w ściekach i odpadach.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać metody obliczeniowe i statystyczne, eksperymentalne i analityczne stosowane w ekotoksykologii do wyznaczania bezpiecznych ładunków ścieków i odcieków odprowadzanych do wód powierzchniowych i wprowadzanych do ziemi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Udział w zajęciach, przygotowanie raportów, kolokwium zaliczeniowe,</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, przygotowanie sprawozdań, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykorzystać metody obliczeniowe i statystyczne, eksperymentalne i analityczne stosowane w ekotoksykologii do wyznaczania bezpiecznych ładunków ścieków i odcieków odprowadzanych do wód powierzchniowych i wprowadzanych do ziemi.</w:t>
+        <w:t xml:space="preserve">Student potrafi identyfikować zagrożenia i oceniać ryzyko związane z wprowadzaniem ścieków i odcieków do wód powierzchniowych i gleby.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, przygotowanie sprawozdań, prezentacja</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, przygotowanie sprawozdań, prezentacja wyników badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U09 , B2_U10 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>