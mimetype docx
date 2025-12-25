--- v0 (2025-10-08)
+++ v1 (2025-12-25)
@@ -807,67 +807,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o niszczeniu materiałów technicznych na drodze mikrobiologicznej, w tym korozji mikrobiologicznej metali i ich stopów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej oceny rozwiązań technologicznych stosowanych w biogospodarce pod kątem występowania zagrożeń o charakterze biologicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>