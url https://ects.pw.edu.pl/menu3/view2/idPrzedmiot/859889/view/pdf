--- v1 (2025-12-25)
+++ v2 (2026-02-28)
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U10 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej oceny rozwiązań technologicznych stosowanych w biogospodarce pod kątem występowania zagrożeń o charakterze biologicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1247,51 +1247,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K06 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>