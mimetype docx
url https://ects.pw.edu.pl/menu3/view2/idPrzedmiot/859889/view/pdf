--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -893,51 +893,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U10 , B2_U14 , B2_U01 , B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej oceny rozwiązań technologicznych stosowanych w biogospodarce pod kątem występowania zagrożeń o charakterze biologicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,51 +1043,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić prezentację ustną dotyczącą szczegółowych problemów związanych z zagrożeniami biologicznymi w biogospodarce, potrafi uzasadnić prezentowane opinie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1247,51 +1247,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K02 , B2_K06 , B2_K01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>