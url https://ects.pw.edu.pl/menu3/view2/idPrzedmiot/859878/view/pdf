--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W04 , B2_W03 </w:t>
+        <w:t xml:space="preserve">B2_W03 , B2_W04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -963,207 +963,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U07, B2_U08, B2_U10 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność określenia sposobów pozyskiwania i przetwarzania surowców odnawialnych do zastosowania w procesach wytwarzania substratów do otrzymywania polimerów i kompozytów polimerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada umiejętność określenia sposobów pozyskiwania i przetwarzania surowców odnawialnych do zastosowania w procesach wytwarzania substratów do otrzymywania polimerów i kompozytów polimerowych</w:t>
+        <w:t xml:space="preserve">Student posiada umiejętność wytypowania surowców pierwotnych i odpadowych jakie mogą służyć do wytwarzania substratów do otrzymywania polimerów oraz zastosowania jako napełniacze do polimerów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>