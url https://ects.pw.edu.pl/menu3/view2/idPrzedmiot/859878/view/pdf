--- v1 (2025-12-25)
+++ v2 (2026-02-05)
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U14 , B2_U01 , B2_U02 , B2_U07, B2_U08, B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność określenia sposobów pozyskiwania i przetwarzania surowców odnawialnych do zastosowania w procesach wytwarzania substratów do otrzymywania polimerów i kompozytów polimerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,137 +1033,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 , B2_U02 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność wytypowania surowców pierwotnych i odpadowych jakie mogą służyć do wytwarzania substratów do otrzymywania polimerów oraz zastosowania jako napełniacze do polimerów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>