--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -883,67 +883,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W04 , B2_W03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -963,67 +963,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U14 , B2_U01 , B2_U02 , B2_U07, B2_U08, B2_U10 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U07, B2_U08, B2_U10 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność określenia sposobów pozyskiwania i przetwarzania surowców odnawialnych do zastosowania w procesach wytwarzania substratów do otrzymywania polimerów i kompozytów polimerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność wytypowania surowców pierwotnych i odpadowych jakie mogą służyć do wytwarzania substratów do otrzymywania polimerów oraz zastosowania jako napełniacze do polimerów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1103,67 +1103,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U07, B2_U08, B2_U10 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>