--- v0 (2026-02-06)
+++ v1 (2026-02-27)
@@ -780,411 +780,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna w pogłębionym stopniu procesy obróbki wstępnej biomasy lignocelulozowej oraz  zaawansowaną metodykę określania składu biomasy po obróbce a także ma niezbędną wiedzę do przewidywania opłacalności procesu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektu 1, obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W03 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna w pogłębionym stopniu procesy obróbki wstępnej biomasy lignocelulozowej oraz  zaawansowaną metodykę określania składu biomasy po obróbce a także ma niezbędną wiedzę do przewidywania opłacalności procesu. </w:t>
+        <w:t xml:space="preserve">Ma wiedzę potrzebną do prawidłowego wykorzystania danych literaturowych w projektowaniu procesów biotechnologicznych prowadzonych w biorafineriach z wykorzystaniem aparatury specjalistycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektu 1, obrona projektu</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 </w:t>
+        <w:t xml:space="preserve">B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę potrzebną do prawidłowego wykorzystania danych literaturowych w projektowaniu procesów biotechnologicznych prowadzonych w biorafineriach z wykorzystaniem aparatury specjalistycznej.</w:t>
+        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu przetwarzania odpadów lignocelulozowych w biorafineriach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektów</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu przetwarzania odpadów lignocelulozowych w biorafineriach.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać posiadaną wiedzę z zakresu wytwarzania wartościowych bioproduktów w biorafineriach lignocelulozowych w celu formułowania i rozwiązywania złożonych i nietypowych problemów właściwych dla biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektów, obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U10 , B2_U11 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykorzystać posiadaną wiedzę z zakresu wytwarzania wartościowych bioproduktów w biorafineriach lignocelulozowych w celu formułowania i rozwiązywania złożonych i nietypowych problemów właściwych dla biogospodarki.</w:t>
+        <w:t xml:space="preserve">Student potrafi  zaprojektować - zgodnie z zadaną specyfiką, uwzględniającą aspekty pozatechniczne – oraz zrealizować złożony proces przetwarzania biomasy lignocelulozowej wykorzystywany w biogospodarce, używając właściwych metod, technik i narzędzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektów, obrona projektów</w:t>
+        <w:t xml:space="preserve">przygotowanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U03 , B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U09 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody prowadzenia hodowli mikroorganizmów na hydrolizatach lignocelulozowych oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1195,67 +1195,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U14 , B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać i wykorzystywać właściwe metody obróbki wstępnej i hydrolizy odpadów lignocelulozowych w zależności od charakterystyki surowca oraz przewidzieć efektywność procesów, ocenić przydatność i możliwość wykorzystania nowych technik i technologii oraz dokonywać wstępnej oceny opłacalności ekonomicznej proponowanych rozwiązań i podejmowanych działań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>