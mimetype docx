--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -780,341 +780,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent zna w pogłębionym stopniu procesy obróbki wstępnej biomasy lignocelulozowej oraz  zaawansowaną metodykę określania składu biomasy po obróbce a także ma niezbędną wiedzę do przewidywania opłacalności procesu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektu 1, obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W03 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę potrzebną do prawidłowego wykorzystania danych literaturowych w projektowaniu procesów biotechnologicznych prowadzonych w biorafineriach z wykorzystaniem aparatury specjalistycznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W06 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent ma uporządkowaną i ugruntowaną teoretycznie wiedzę o aktualnych i perspektywicznych trendach rozwojowych z zakresu przetwarzania odpadów lignocelulozowych w biorafineriach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent zna w pogłębionym stopniu procesy obróbki wstępnej biomasy lignocelulozowej oraz  zaawansowaną metodykę określania składu biomasy po obróbce a także ma niezbędną wiedzę do przewidywania opłacalności procesu. </w:t>
+        <w:t xml:space="preserve">Student potrafi wykorzystać posiadaną wiedzę z zakresu wytwarzania wartościowych bioproduktów w biorafineriach lignocelulozowych w celu formułowania i rozwiązywania złożonych i nietypowych problemów właściwych dla biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektu 1, obrona projektu</w:t>
+        <w:t xml:space="preserve">sprawdzian pisemny, przygotowanie projektów, obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U03 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi  zaprojektować - zgodnie z zadaną specyfiką, uwzględniającą aspekty pozatechniczne – oraz zrealizować złożony proces przetwarzania biomasy lignocelulozowej wykorzystywany w biogospodarce, używając właściwych metod, technik i narzędzi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>