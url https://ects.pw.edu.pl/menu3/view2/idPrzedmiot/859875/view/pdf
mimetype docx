--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -1124,51 +1124,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt i jego obrona</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U09 , B2_U06 , B2_U13 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U09 , B2_U13 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>