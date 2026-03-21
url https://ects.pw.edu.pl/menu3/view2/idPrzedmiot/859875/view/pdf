--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -764,67 +764,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W02 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada specjalistyczną wiedzę potrzebną do prowadzenia badań naukowych związanych z przetwarzaniem odpadów ulegających biodegradacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -850,341 +850,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę niezbędną do projektowania procesów i systemów stosowanych w przetwarzaniu odpadów ulegających biodegradacji oraz związanych z odnawialnymi zasobami pochodzenia biologicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie projektu i jego obrona, opracowanie raportu z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W07 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę niezbędną do projektowania procesów i systemów stosowanych w przetwarzaniu odpadów ulegających biodegradacji oraz związanych z odnawialnymi zasobami pochodzenia biologicznego.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności w zakresie stosowania, realizacji i funkcjonowania systemów w gospodarce odpadami ulegającymi biodegradacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">opracowanie projektu i jego obrona, opracowanie raportu z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W02 , B2_W04 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności w zakresie stosowania, realizacji i funkcjonowania systemów w gospodarce odpadami ulegającymi biodegradacji.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność prowadzenia badań naukowych związanych z przetwarzaniem odpadów ulegających biodegradacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">raport z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność prowadzenia badań naukowych związanych z przetwarzaniem odpadów ulegających biodegradacji.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności samodzielnego rozwiązywania problemów związanych z projektowaniem, realizacją i funkcjonowaniem procesów i systemów niezbędnych w przetwarzaniu odpadów ulegających biodegradacji oraz związanych z odnawialnymi zasobami pochodzenia biologicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">raport z ćwiczeń laboratoryjnych</w:t>
+        <w:t xml:space="preserve">projekt i jego obrona</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U09 , B2_U13 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UO, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>