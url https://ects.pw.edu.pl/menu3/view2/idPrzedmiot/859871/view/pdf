--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Zadania projektowe; Prezentacja zadań projektowych wykonywana w zespołach; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W03 , B2_W04 , B2_W06 , B2_W08 , B2_W10 , B2_W02 </w:t>
+        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W02 , B2_W03 , B2_W04 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Zadania projektowe zespołowe; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08</w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku wybranych substratów w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku surowców w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Zadania projektowe ; Prezentacja z zajęć projektowych wykonywana w zespołach; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>