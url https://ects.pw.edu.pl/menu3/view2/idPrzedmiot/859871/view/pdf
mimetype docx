--- v1 (2025-12-25)
+++ v2 (2026-02-04)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Zadania projektowe; Prezentacja zadań projektowych wykonywana w zespołach; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W02 , B2_W03 , B2_W04 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W06 , B2_W08 , B2_W10 , B2_W02 , B2_W03 , B2_W04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Zadania projektowe zespołowe; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U13 , B2_U01 , B2_U14 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku wybranych substratów w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U10 , B2_U11 , B2_U01 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW, I.P7S_UO, II.T.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku surowców w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Zadania projektowe ; Prezentacja z zajęć projektowych wykonywana w zespołach; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>