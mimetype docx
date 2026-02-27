--- v2 (2026-02-04)
+++ v3 (2026-02-27)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Zadania projektowe; Prezentacja zadań projektowych wykonywana w zespołach; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W08 , B2_W10 , B2_W02 , B2_W03 , B2_W04 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W02 , B2_W03 , B2_W04 , B2_W06 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę w zakresie projektowania procesów odzysku wybranych surowców w oczyszczalni ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; Zadania projektowe zespołowe; Prezentacja z zajęć projektowych wykonywana w zespołach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U13 , B2_U01 , B2_U14 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, I.P7S_UU, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperymenty mające na celu analizę procesu wykorzystywanego do odzysku wybranych substratów w oczyszczalni ścieków lub/i weryfikację sformułowanej samodzielnie hipotezy badawczej w przedmiotowym zakresie, przeprowadzić interpretację uzyskanych wyników i na ich podstawie wyciągnąć wnioski, przedyskutować i zaprezentować uzyskane rezultaty. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U10 , B2_U11 , B2_U01 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW, I.P7S_UO, II.T.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.2, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy istniejących rozwiązań technicznych w obszarze odzysku surowców w oczyszczalni ścieków, uwzględniając przy tym aspekty techniczne, ekonomiczne i społeczne oraz zastosować podejście systemowe  w celu dobrania rozwiązania dla danego obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin; Zadania projektowe ; Prezentacja z zajęć projektowych wykonywana w zespołach; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1261,51 +1261,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena ciągła pracy bieżącej na zajęciach projektowych; ; Zadania projektowe; Prezentacja z zajęć projektowych wykonywana w zespołach; Ocena ciągła pracy bieżącej na zajęciach laboratoryjnych; Raporty z zajęć laboratoryjnych wykonywane w zespołach; Prezentacja z zajęć laboratoryjnych wykonywana w zespołach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K05 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K05 , B2_K06 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>