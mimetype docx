--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -849,436 +849,436 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_W11 , B2_W05 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
+        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W05 </w:t>
+        <w:t xml:space="preserve">B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
+        <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska i zdrowia ludzkiego związane z działalnością człowieka.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska i zdrowia ludzkiego związane z działalnością człowieka.		
+        <w:t xml:space="preserve">Potrafi wykorzystać oraz ocenić przydatność rutynowych metod i technik służących ochronie środowiska przyrodniczego przed zanieczyszczeniami.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U11 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzać ocenę oddziaływania przedsięwzięć i inwestycji na różne komponenty środowiska.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>