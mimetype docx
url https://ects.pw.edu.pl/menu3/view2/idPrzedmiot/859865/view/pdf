--- v1 (2025-12-25)
+++ v2 (2026-02-06)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W05 </w:t>
+        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1372,67 +1372,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 </w:t>
+        <w:t xml:space="preserve">B2_K04 , B2_K01 , B2_K02 , B2_K03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować problemy w celu pogłębienia rozumienia danego zagadnienia lub uzupełnienia luk w rozumowaniu.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>