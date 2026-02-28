--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -1090,51 +1090,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska i zdrowia ludzkiego związane z działalnością człowieka.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1372,67 +1372,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K04 , B2_K01 , B2_K02 , B2_K03 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować problemy w celu pogłębienia rozumienia danego zagadnienia lub uzupełnienia luk w rozumowaniu.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1443,67 +1443,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K03 , B2_K04 , B2_K06 , B2_K02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">