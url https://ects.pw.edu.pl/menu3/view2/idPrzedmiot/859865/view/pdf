--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -794,71 +794,142 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada poszerzoną wiedzę z zakresu podstawowych technik i narzędzi badawczych monitorowania oraz ochrony poszczególnych komponentów środowiska przed zanieczyszczeniami.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada poszerzoną wiedzę z zakresu podstawowych technik i narzędzi badawczych monitorowania oraz ochrony poszczególnych komponentów środowiska przed zanieczyszczeniami.		
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -870,640 +941,569 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zarządzania, w tym zarządzania jakością, oraz uwarunkowań środowiskowych prowadzenia działalności gospodarczej.		
+        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U03 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi oceniać zagrożenia poszczególnych komponentów środowiska i zdrowia ludzkiego związane z działalnością człowieka.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać oraz ocenić przydatność rutynowych metod i technik służących ochronie środowiska przyrodniczego przed zanieczyszczeniami.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzać ocenę oddziaływania przedsięwzięć i inwestycji na różne komponenty środowiska.		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">opracowanie zakresu raportu oceny oddziaływania przedsięwzięcia na środowisko i prezentacja wyników pracy + obrona (zaliczenie) projektu		
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać i rozumie informacje z literatury, baz danych i innych źródeł; potrafi interpretować uzyskane informacje, oraz oceniać ich rzetelność i wyciągać z nich wnioski, formułować i uzasadniać opinie.		
+        <w:t xml:space="preserve">Potrafi pracować w zespole, pełnić w nim różne funkcje (w tym kierownicze) i ma świadomość odpowiedzialności za wspólnie realizowane zadania, związane z pracą zespołową. 		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
+        <w:t xml:space="preserve">prezentacja wyników pracy + obrona (zaliczenie) projektu		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować i przedstawić ustną prezentację z zakresu ocen środowiskowych. W oparciu o wiedzę ogólną wyjaśnia podstawowe zjawiska związane z istotnymi procesami zachodzącymi w środowisku przyrodniczym w wyniku działalności w biogospodarce.		
+        <w:t xml:space="preserve">Potrafi formułować problemy w celu pogłębienia rozumienia danego zagadnienia lub uzupełnienia luk w rozumowaniu.		
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i prezentacja procedury formalno-prawnej + obrona (zaliczenie) projektu		
-</w:t>
+        <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1</w:t>
-[...368 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">