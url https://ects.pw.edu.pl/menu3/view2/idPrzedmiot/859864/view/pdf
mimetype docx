--- v0 (2025-10-11)
+++ v1 (2025-12-25)
@@ -998,51 +998,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać nabytą wiedzę do zarządzania finansami przedsiębiorstwa oraz sposobów rozwiązywania jego problemów finansowych. W przedmiotowym zakresie potrafi komunikować się z zespołem i prowadzić dyskusję. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1052,51 +1052,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U11 , B2_U10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>