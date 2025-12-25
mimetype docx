--- v0 (2025-10-08)
+++ v1 (2025-12-25)
@@ -830,71 +830,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu obliczania stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu obliczania stanu zanieczyszczenia atmosfery</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -905,470 +975,400 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">B2_K02 , B2_K03 , B2_K04 , B2_K06 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>