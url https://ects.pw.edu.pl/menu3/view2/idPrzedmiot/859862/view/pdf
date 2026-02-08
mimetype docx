--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z zakresu obliczania stanu zanieczyszczenia atmosfery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1034,67 +1034,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1104,287 +1104,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K06 , B2_K01 , B2_K02 , B2_K03 , B2_K04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność pracy w zespole i odpowiedzialności za wykonywane zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>