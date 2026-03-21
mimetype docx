--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -900,491 +900,491 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu zasad doboru urządzeń i projektowania instalacji ograniczających emisję zanieczyszczeń gazowych i pyłowych do powietrza atmosferycznego</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać konieczne do zastosowania technologie ograniczania emisji zanieczyszczeń do atmosfery </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem do obliczeń stanu zanieczyszczenia atmosfery</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 , B2_U05 , B2_U06 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W05 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczyć emisję gazowych i pyłowych zanieczyszczeń emitowanych do atmosfery przy spalaniu paliw w sektorach przemysłowym i transportu</w:t>
+        <w:t xml:space="preserve">Potrafi formułować problemy dotyczące przyczyn i skutków zanieczyszczenia powietrza atmosferycznego i konieczności jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie i obrona projektu</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczające wykład i zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U10 , B2_U11 , B2_U14 , B2_U04 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K03 , B2_K04 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność pracy w zespole i odpowiedzialności za wykonywane zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>