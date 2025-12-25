--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeanalizować i ocenić w sposób krytyczny istniejące rozwiązania w usługach i produktach i wskazać sposób ich modyfikacji w kierunku zgodnym z wymogami GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>