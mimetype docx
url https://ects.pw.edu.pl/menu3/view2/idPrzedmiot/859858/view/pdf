--- v1 (2025-12-25)
+++ v2 (2026-02-05)
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie zaliczeniowe realizowane w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeanalizować i ocenić w sposób krytyczny istniejące rozwiązania w usługach i produktach i wskazać sposób ich modyfikacji w kierunku zgodnym z wymogami GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>