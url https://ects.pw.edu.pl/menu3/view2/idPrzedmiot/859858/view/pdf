--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -831,51 +831,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna znaczenie wprowadzania zasad GOZ do współczesnej ekonomii, w szczególności w kontekście ograniczania negatywnych skutków społecznych działalności gospodarczej i efektywnego wykorzystania dostępnych (ale ograniczonych) zasobów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie zaliczeniowe realizowane w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U02 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeanalizować i ocenić w sposób krytyczny istniejące rozwiązania w usługach i produktach i wskazać sposób ich modyfikacji w kierunku zgodnym z wymogami GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>