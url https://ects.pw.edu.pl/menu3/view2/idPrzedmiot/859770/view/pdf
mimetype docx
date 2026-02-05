--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -862,51 +862,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W08, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W01, IS_W08, IS_W12, IS_W13, IS_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1022,51 +1022,51 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W13, IS_W17, IS_W01, IS_W05, IS_W06, IS_W07, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1112,51 +1112,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1276,51 +1276,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1357,51 +1357,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>