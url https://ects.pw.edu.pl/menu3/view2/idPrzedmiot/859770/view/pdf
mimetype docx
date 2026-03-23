--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -783,51 +783,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
+        <w:t xml:space="preserve">IS_W17, IS_W01, IS_W05, IS_W06, IS_W07, IS_W12, IS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -862,51 +862,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W01, IS_W08, IS_W12, IS_W13, IS_W17</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07, IS_W08, IS_W12, IS_W13, IS_W17, IS_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,51 +1112,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U02, IS_U06, IS_U08, IS_U11, IS_U15, IS_U17, IS_U18, IS_U21, IS_U01</w:t>
+        <w:t xml:space="preserve">IS_U17, IS_U18, IS_U21, IS_U01, IS_U02, IS_U06, IS_U08, IS_U11, IS_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1531,51 +1531,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">"0.5*W + 0.2*C + 0.3*P
 Zaliczenie wykładu: egzamin
 Zaliczenie ćwiczeń adytoryjnych:
 wykonanie 5 zadań
 obliczeniowych
 Zaliczenie ćwiczeń
 projektowych: wykonanie i
 obrona projektów"
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K04, IS_K06</w:t>
+        <w:t xml:space="preserve">IS_K06, IS_K01, IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>